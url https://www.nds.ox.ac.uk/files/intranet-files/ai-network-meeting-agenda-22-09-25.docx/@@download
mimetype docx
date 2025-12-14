--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -517,51 +517,51 @@
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t xml:space="preserve">AI Network Round Table </w:t>
       </w:r>
       <w:r w:rsidRPr="007F1464">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t>Meeting</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B74338B" w14:textId="77777777" w:rsidR="003B1986" w:rsidRPr="00CA56A0" w:rsidRDefault="003B1986" w:rsidP="003B1986">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73EA3F86" w14:textId="1794BCEC" w:rsidR="003B1986" w:rsidRPr="00CA56A0" w:rsidRDefault="003B1986" w:rsidP="003B1986">
+    <w:p w14:paraId="73EA3F86" w14:textId="7C51E7FA" w:rsidR="003B1986" w:rsidRPr="00CA56A0" w:rsidRDefault="003B1986" w:rsidP="003B1986">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA56A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Agenda | </w:t>
       </w:r>
       <w:r w:rsidR="00167DE2" w:rsidRPr="00CA56A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
@@ -625,193 +625,145 @@
       <w:r w:rsidR="00C26BEB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00167DE2" w:rsidRPr="00CA56A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">0 </w:t>
       </w:r>
       <w:r w:rsidR="00D015B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>Monday 2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C26BEB">
+        <w:t xml:space="preserve">Monday </w:t>
+      </w:r>
+      <w:r w:rsidR="00402063">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00D015B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C26BEB">
+      <w:r w:rsidR="00402063">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>September</w:t>
+        <w:t>December</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA56A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="00E04C52">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51DDD1AC" w14:textId="77777777" w:rsidR="003B1986" w:rsidRPr="00CA56A0" w:rsidRDefault="003B1986" w:rsidP="003B1986">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53DF88D8" w14:textId="3A750B73" w:rsidR="00E04C52" w:rsidRDefault="003B1986" w:rsidP="003B1986">
+    <w:p w14:paraId="45C191BE" w14:textId="3E785232" w:rsidR="003B1986" w:rsidRPr="00CA56A0" w:rsidRDefault="003B1986" w:rsidP="00402063">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA56A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Location: </w:t>
       </w:r>
-      <w:r w:rsidR="00D015B8">
+      <w:r w:rsidR="00402063">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>NDS Seminar</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E04C52">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026308F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Room</w:t>
-[...47 lines deleted...]
-        <w:t>online via Teams</w:t>
+        <w:t>nline via Teams</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0220677E" w14:textId="77777777" w:rsidR="003B1986" w:rsidRDefault="003B1986" w:rsidP="00AA63BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29D79669" w14:textId="77777777" w:rsidR="00585DD5" w:rsidRDefault="00585DD5" w:rsidP="00585DD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EB1F9FC" w14:textId="43CB43F9" w:rsidR="00585DD5" w:rsidRPr="005013C4" w:rsidRDefault="00982B54" w:rsidP="00585DD5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -856,211 +808,274 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F87C929" w14:textId="77777777" w:rsidR="00D86EBB" w:rsidRPr="00D86EBB" w:rsidRDefault="00D86EBB" w:rsidP="00D86EBB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="273D1678" w14:textId="77777777" w:rsidR="00585DD5" w:rsidRDefault="00585DD5" w:rsidP="00585DD5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Approval of minutes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D93B4A3" w14:textId="0FD97AB3" w:rsidR="00585DD5" w:rsidRPr="008A2390" w:rsidRDefault="00585DD5" w:rsidP="00CB38AB">
+    <w:p w14:paraId="6D93B4A3" w14:textId="32430E2A" w:rsidR="00585DD5" w:rsidRPr="008A2390" w:rsidRDefault="00585DD5" w:rsidP="00CB38AB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Reports on action points</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5685B026" w14:textId="77777777" w:rsidR="00C8581E" w:rsidRDefault="00C8581E" w:rsidP="00C8581E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="716E381A" w14:textId="560FB589" w:rsidR="0026308F" w:rsidRPr="008075C2" w:rsidRDefault="0026308F" w:rsidP="008075C2">
+    <w:p w14:paraId="4A4A0D41" w14:textId="5A09F6C6" w:rsidR="00402063" w:rsidRDefault="00402063" w:rsidP="00402063">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Network remit and structure</w:t>
+        <w:t>Update from Regent Lee</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B8B622" w14:textId="77777777" w:rsidR="00E04C52" w:rsidRPr="00E04C52" w:rsidRDefault="00E04C52" w:rsidP="00E04C52">
+    <w:p w14:paraId="0DEDD9FF" w14:textId="77777777" w:rsidR="00402063" w:rsidRDefault="00402063" w:rsidP="00402063">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1080"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A0D1C6D" w14:textId="55D90D20" w:rsidR="00163E9F" w:rsidRPr="008075C2" w:rsidRDefault="0026308F" w:rsidP="008075C2">
+    <w:p w14:paraId="618B3A10" w14:textId="44EB4A92" w:rsidR="00402063" w:rsidRDefault="00402063" w:rsidP="00402063">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:bCs/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Common needs and problems</w:t>
+        <w:t>Discussion with Rowan Wilson</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E09DF68" w14:textId="77777777" w:rsidR="007376A6" w:rsidRPr="00F7067D" w:rsidRDefault="007376A6" w:rsidP="00F7067D">
+    <w:p w14:paraId="4174EB73" w14:textId="77777777" w:rsidR="00402063" w:rsidRPr="00402063" w:rsidRDefault="00402063" w:rsidP="00402063">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BCC60A4" w14:textId="77777777" w:rsidR="00585DD5" w:rsidRPr="005013C4" w:rsidRDefault="00585DD5" w:rsidP="00585DD5">
+    <w:p w14:paraId="716E381A" w14:textId="28F62899" w:rsidR="0026308F" w:rsidRPr="008075C2" w:rsidRDefault="0026308F" w:rsidP="008075C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005013C4">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>AOB</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003A272D">
+        <w:t>Network remit and structure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B8B622" w14:textId="77777777" w:rsidR="00E04C52" w:rsidRPr="00E04C52" w:rsidRDefault="00E04C52" w:rsidP="00E04C52">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AA42E78" w14:textId="77777777" w:rsidR="00585DD5" w:rsidRDefault="00585DD5" w:rsidP="00585DD5">
-[...4 lines deleted...]
-    <w:p w14:paraId="6797A8F4" w14:textId="77B0F38E" w:rsidR="00585DD5" w:rsidRDefault="00585DD5" w:rsidP="00585DD5">
+    <w:p w14:paraId="0A0D1C6D" w14:textId="55D90D20" w:rsidR="00163E9F" w:rsidRPr="008075C2" w:rsidRDefault="0026308F" w:rsidP="008075C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Common needs and problems</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E09DF68" w14:textId="77777777" w:rsidR="007376A6" w:rsidRPr="00F7067D" w:rsidRDefault="007376A6" w:rsidP="00F7067D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BCC60A4" w14:textId="77777777" w:rsidR="00585DD5" w:rsidRPr="005013C4" w:rsidRDefault="00585DD5" w:rsidP="00585DD5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005013C4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>AOB</w:t>
+      </w:r>
+      <w:r w:rsidR="003A272D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA42E78" w14:textId="77777777" w:rsidR="00585DD5" w:rsidRDefault="00585DD5" w:rsidP="00585DD5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6797A8F4" w14:textId="77B0F38E" w:rsidR="00585DD5" w:rsidRDefault="00585DD5" w:rsidP="00585DD5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005013C4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Date of next meeting</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A7C8845" w14:textId="0066C0F1" w:rsidR="00167DE2" w:rsidRDefault="00167DE2" w:rsidP="00167DE2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4039800B" w14:textId="77777777" w:rsidR="009E3A50" w:rsidRPr="00D94E29" w:rsidRDefault="009E3A50" w:rsidP="00D94E29">
+    <w:p w14:paraId="4039800B" w14:textId="77777777" w:rsidR="009E3A50" w:rsidRDefault="009E3A50" w:rsidP="00D94E29">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="009E3A50" w:rsidRPr="00D94E29">
+    <w:p w14:paraId="70514071" w14:textId="1198A6D9" w:rsidR="0049221F" w:rsidRPr="00D94E29" w:rsidRDefault="0049221F" w:rsidP="00D94E29">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0049221F" w:rsidRPr="00D94E29">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -2566,98 +2581,103 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1905214720">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="134840124">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="54354308">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1718819416">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="237635522">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1638022927">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="177"/>
+  <w:zoom w:percent="140"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA63BA"/>
     <w:rsid w:val="00090362"/>
     <w:rsid w:val="000A6F20"/>
     <w:rsid w:val="000E0E9C"/>
     <w:rsid w:val="00162D6A"/>
     <w:rsid w:val="00163E9F"/>
     <w:rsid w:val="00167DE2"/>
+    <w:rsid w:val="001E121D"/>
     <w:rsid w:val="00202775"/>
     <w:rsid w:val="00242D1B"/>
     <w:rsid w:val="00252D02"/>
     <w:rsid w:val="0026308F"/>
     <w:rsid w:val="002B78FC"/>
     <w:rsid w:val="00321DCA"/>
     <w:rsid w:val="00343969"/>
     <w:rsid w:val="00354A30"/>
     <w:rsid w:val="003A272D"/>
     <w:rsid w:val="003A716F"/>
     <w:rsid w:val="003B1986"/>
+    <w:rsid w:val="00402063"/>
     <w:rsid w:val="00424967"/>
     <w:rsid w:val="00455CBA"/>
     <w:rsid w:val="004722BD"/>
+    <w:rsid w:val="0049221F"/>
     <w:rsid w:val="004C0258"/>
     <w:rsid w:val="005013C4"/>
     <w:rsid w:val="005015A5"/>
     <w:rsid w:val="00505873"/>
     <w:rsid w:val="00552CE5"/>
     <w:rsid w:val="00581FED"/>
     <w:rsid w:val="00585DD5"/>
     <w:rsid w:val="00590170"/>
     <w:rsid w:val="005A638C"/>
     <w:rsid w:val="005B7AF9"/>
     <w:rsid w:val="00622175"/>
     <w:rsid w:val="0069495D"/>
     <w:rsid w:val="006D0D7A"/>
     <w:rsid w:val="006F17EB"/>
+    <w:rsid w:val="006F207E"/>
     <w:rsid w:val="00716905"/>
     <w:rsid w:val="007376A6"/>
     <w:rsid w:val="007E3B7A"/>
     <w:rsid w:val="007F1464"/>
     <w:rsid w:val="008075C2"/>
     <w:rsid w:val="00886641"/>
     <w:rsid w:val="008A2390"/>
     <w:rsid w:val="008D0E93"/>
     <w:rsid w:val="008E31AC"/>
     <w:rsid w:val="00900F28"/>
     <w:rsid w:val="0094264B"/>
     <w:rsid w:val="00982B54"/>
     <w:rsid w:val="009A25AF"/>
     <w:rsid w:val="009E3A50"/>
     <w:rsid w:val="00A11ABF"/>
     <w:rsid w:val="00A24507"/>
     <w:rsid w:val="00A26429"/>
     <w:rsid w:val="00A2764F"/>
     <w:rsid w:val="00A81C1C"/>
     <w:rsid w:val="00AA63BA"/>
     <w:rsid w:val="00AC387F"/>
     <w:rsid w:val="00AE53F6"/>
     <w:rsid w:val="00B65431"/>
     <w:rsid w:val="00B90DE2"/>
     <w:rsid w:val="00BA730E"/>
@@ -3636,65 +3656,65 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>64</Words>
-  <Characters>369</Characters>
+  <Characters>366</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Oxford</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>432</CharactersWithSpaces>
+  <CharactersWithSpaces>429</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>msdit</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>